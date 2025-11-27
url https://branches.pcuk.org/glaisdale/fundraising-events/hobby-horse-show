--- v0 (2025-10-16)
+++ v1 (2025-11-27)
@@ -84,225 +84,340 @@
     </w:p>
     <w:p w14:paraId="028C9537" w14:textId="26353494" w:rsidR="00F80AF0" w:rsidRPr="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80AF0">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">At </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055D279A" w14:textId="7C887E40" w:rsidR="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F80AF0">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Racscals Equestrian, Irton, Scarborough</w:t>
+        <w:t>Racscals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80AF0">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Equestrian, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F80AF0">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Irton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F80AF0">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F80AF0">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Scarborough</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>,YO12 4RJ</w:t>
+        <w:t>,YO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>12 4RJ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4F8D0E" w14:textId="77777777" w:rsidR="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10E50B97" w14:textId="4ED2BF86" w:rsidR="00F80AF0" w:rsidRPr="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F80AF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Pre entries accepted until 15</w:t>
       </w:r>
       <w:r w:rsidRPr="00F80AF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00F80AF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> December 2025 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A40FF6" w14:textId="4319857A" w:rsidR="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
+    <w:p w14:paraId="54A40FF6" w14:textId="28FB8120" w:rsidR="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pre entries - £6 per class or 3 for £15 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54ABC8F2" w14:textId="7E8D85D1" w:rsidR="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
+        <w:t>Pre entries</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - £</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6E24">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62D6A">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per class or 3 for £1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34406">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54ABC8F2" w14:textId="1D41CE53" w:rsidR="00F80AF0" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Entries on the day - £8 per class or 3 for £20 </w:t>
+        <w:t>Entries on the day - £</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34406">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per class</w:t>
+      </w:r>
+      <w:r w:rsidR="00E572D2">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3241A8" w14:textId="32B60B38" w:rsidR="00FE0E52" w:rsidRPr="003F6644" w:rsidRDefault="00FE0E52" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F6644">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Entries to </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidR="00B321F0" w:rsidRPr="003F6644">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>glaisdale@pcuk.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B321F0" w:rsidRPr="003F6644">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73BD0AB1" w14:textId="15AEFEE6" w:rsidR="00BF5988" w:rsidRDefault="00BF5988" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F6644">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">BACS to </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0080136D" w:rsidRPr="003F6644">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Glaisdale Pony Club – sort code – 08-92-99 </w:t>
+        <w:t>Glaisdale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080136D" w:rsidRPr="003F6644">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pony Club – sort code – 08-92-99 </w:t>
       </w:r>
       <w:r w:rsidR="0036714D" w:rsidRPr="003F6644">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>account number – 67186174 ref hobby horse show</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E7B678" w14:textId="41341E6B" w:rsidR="00060B1A" w:rsidRPr="003F6644" w:rsidRDefault="00060B1A" w:rsidP="00F80AF0">
+    <w:p w14:paraId="49E7B678" w14:textId="703AC838" w:rsidR="00060B1A" w:rsidRPr="003F6644" w:rsidRDefault="00060B1A" w:rsidP="00F80AF0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Enquiries to </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00166561" w:rsidRPr="00274871">
+        <w:r w:rsidR="00B34406" w:rsidRPr="000549DA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>brookhousefarm2020@outlook.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> or 07921333964 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4EF4A9" w14:textId="244687D1" w:rsidR="00F80AF0" w:rsidRPr="00337354" w:rsidRDefault="00337354" w:rsidP="00337354">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -316,52 +431,61 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">START 10am classes follow on </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DAB9C2F" w14:textId="5A82510B" w:rsidR="00F80AF0" w:rsidRPr="00042916" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00042916">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Class 1 – The holly hop – 30cm ideal for</w:t>
       </w:r>
       <w:r w:rsidR="00F128A8" w:rsidRPr="00042916">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a warm up</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F128A8" w:rsidRPr="00042916">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>warm up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00042916">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">. Clear rounds will jump off against the clock. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789B4C54" w14:textId="067C8A1C" w:rsidR="00F80AF0" w:rsidRPr="00042916" w:rsidRDefault="00F80AF0" w:rsidP="00F80AF0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00042916">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Class 2 – The Jingle Bell Rock – 40cm ideal for</w:t>
       </w:r>
       <w:r w:rsidR="00F128A8" w:rsidRPr="00042916">
         <w:rPr>
@@ -872,93 +996,100 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F80AF0"/>
     <w:rsid w:val="00042916"/>
     <w:rsid w:val="00042D02"/>
     <w:rsid w:val="00060B1A"/>
-    <w:rsid w:val="00166561"/>
+    <w:rsid w:val="000A36EC"/>
+    <w:rsid w:val="001D6E24"/>
     <w:rsid w:val="00337354"/>
     <w:rsid w:val="00345197"/>
     <w:rsid w:val="0036714D"/>
     <w:rsid w:val="003B0D73"/>
     <w:rsid w:val="003F6644"/>
     <w:rsid w:val="00410763"/>
     <w:rsid w:val="004C3913"/>
     <w:rsid w:val="0054086C"/>
     <w:rsid w:val="00596581"/>
     <w:rsid w:val="005C57A8"/>
     <w:rsid w:val="006468E6"/>
+    <w:rsid w:val="00762181"/>
     <w:rsid w:val="0080136D"/>
-    <w:rsid w:val="00AA24D5"/>
+    <w:rsid w:val="0091052F"/>
     <w:rsid w:val="00B02824"/>
     <w:rsid w:val="00B321F0"/>
+    <w:rsid w:val="00B34406"/>
     <w:rsid w:val="00B4016F"/>
     <w:rsid w:val="00BF5988"/>
     <w:rsid w:val="00C37BC8"/>
     <w:rsid w:val="00C50AD1"/>
     <w:rsid w:val="00C55A54"/>
     <w:rsid w:val="00CF032D"/>
     <w:rsid w:val="00D31570"/>
     <w:rsid w:val="00D41C6E"/>
     <w:rsid w:val="00E20889"/>
+    <w:rsid w:val="00E572D2"/>
+    <w:rsid w:val="00E62D6A"/>
     <w:rsid w:val="00F11D3A"/>
     <w:rsid w:val="00F128A8"/>
+    <w:rsid w:val="00F2315E"/>
     <w:rsid w:val="00F80AF0"/>
     <w:rsid w:val="00F840D7"/>
     <w:rsid w:val="00FD24F8"/>
     <w:rsid w:val="00FE0E52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2201,69 +2332,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>288</Words>
-  <Characters>1648</Characters>
+  <Words>287</Words>
+  <Characters>1640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1933</CharactersWithSpaces>
+  <CharactersWithSpaces>1924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kathryn Rollinson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>